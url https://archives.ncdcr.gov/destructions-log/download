--- v0 (2025-11-05)
+++ v1 (2026-03-23)
@@ -1,4635 +1,3087 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6414DFBB" w14:textId="462A5F7B" w:rsidR="00206BB8" w:rsidRPr="005A7273" w:rsidRDefault="007A7C99" w:rsidP="00206BB8">
+    <w:p w14:paraId="340E60EE" w14:textId="61C78F09" w:rsidR="005215F1" w:rsidRPr="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
       <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A7273">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Destructions Log</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...218 lines deleted...]
-    <w:p w14:paraId="2F8C0CFD" w14:textId="77777777" w:rsidR="00206BB8" w:rsidRPr="005A7273" w:rsidRDefault="00206BB8" w:rsidP="00206BB8">
+    <w:p w14:paraId="5BB89715" w14:textId="77777777" w:rsidR="00C17CEC" w:rsidRDefault="00C17CEC" w:rsidP="003A697B">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="047A9845" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B77BD1" w:rsidSect="00B77BD1">
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="806" w:right="720" w:bottom="806" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agency</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26158D27" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ED5F3B4" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79A7B05A" w14:textId="66DED106" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31018581" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF6597C" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD61EB1" w14:textId="0D15446E" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA97C17" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="771259C6" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="525031B2" w14:textId="77777777" w:rsidR="00735559" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00735559" w:rsidSect="00735559">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="806" w:right="720" w:bottom="806" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="3" w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Branch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F6A34A" w14:textId="77777777" w:rsidR="005215F1" w:rsidRDefault="005215F1" w:rsidP="003A697B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EE42AF3" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="003A697B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41B8324D" w14:textId="5743035B" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="00B77BD1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Location(s) of records</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1525E4F7" w14:textId="77777777" w:rsidR="00B77BD1" w:rsidRDefault="00B77BD1" w:rsidP="003A697B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblW w:w="14395" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2628"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2332"/>
+        <w:gridCol w:w="1709"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1619"/>
+        <w:gridCol w:w="1626"/>
+        <w:gridCol w:w="1627"/>
+        <w:gridCol w:w="1627"/>
+        <w:gridCol w:w="2506"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F015CE" w:rsidRPr="005A7273" w14:paraId="20F8ADBC" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+      <w:tr w:rsidR="00613DC3" w:rsidRPr="00B209F1" w14:paraId="62A95140" w14:textId="5E48AC76" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="086C070E" w14:textId="7F2DC9DA" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00F015CE" w:rsidP="00F015CE">
+          <w:p w14:paraId="47674DE7" w14:textId="249C90E9" w:rsidR="00613DC3" w:rsidRPr="00B209F1" w:rsidRDefault="00613DC3" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005A7273">
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Records Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33575CBC" w14:textId="0EC1AAE2" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00CC36F5" w:rsidP="00F015CE">
+          <w:p w14:paraId="61247D45" w14:textId="6409791D" w:rsidR="00613DC3" w:rsidRPr="00B209F1" w:rsidRDefault="00613DC3" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005A7273">
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Required Retention</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="398D5810" w14:textId="1270DC57" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00CC36F5" w:rsidP="00F015CE">
+          <w:p w14:paraId="4FE69E8D" w14:textId="1E3D950C" w:rsidR="00613DC3" w:rsidRPr="00B209F1" w:rsidRDefault="00613DC3" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005A7273">
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date Range</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="542DB42E" w14:textId="77777777" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00F015CE" w:rsidP="00F015CE">
+          <w:p w14:paraId="4E16BEA9" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Volume</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D6F3329" w14:textId="365D89BE" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00F015CE" w:rsidP="00AC2A99">
+          <w:p w14:paraId="5D5D62EF" w14:textId="4450C84C" w:rsidR="00613DC3" w:rsidRPr="005670C1" w:rsidRDefault="005670C1" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...10 lines deleted...]
-              <w:t>(file drawers</w:t>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005670C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(file drawers, MB)</w:t>
             </w:r>
-            <w:r w:rsidR="00AC2A99">
-[...20 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0409E314" w14:textId="77777777" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00F015CE" w:rsidP="00F015CE">
+          <w:p w14:paraId="7A35319E" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="005670C1" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Media</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15DADD99" w14:textId="0A591D02" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00F015CE" w:rsidP="00F015CE">
+          <w:p w14:paraId="14DAEB85" w14:textId="03093A7B" w:rsidR="005670C1" w:rsidRPr="005670C1" w:rsidRDefault="005670C1" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(Paper, Electronic)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1451" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1627" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E782763" w14:textId="2689F724" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00F015CE" w:rsidP="00F015CE">
+          <w:p w14:paraId="14EA3A67" w14:textId="53000A53" w:rsidR="00613DC3" w:rsidRDefault="005670C1" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005A7273">
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date of Destruction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1627" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="628C0F67" w14:textId="6C48420A" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00F015CE" w:rsidP="00F015CE">
+          <w:p w14:paraId="09B6A378" w14:textId="6ABF9593" w:rsidR="00613DC3" w:rsidRDefault="005670C1" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005A7273">
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Method of Destruction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2506" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3237C7CC" w14:textId="051DBF8E" w:rsidR="00F015CE" w:rsidRPr="005A7273" w:rsidRDefault="00F015CE" w:rsidP="00F015CE">
+          <w:p w14:paraId="250D16B1" w14:textId="7FA5D711" w:rsidR="00613DC3" w:rsidRDefault="005670C1" w:rsidP="005670C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005A7273">
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Authorization for Destruction</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="028169D3" w14:textId="77777777" w:rsidTr="007125AD">
-[...158 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00613DC3" w14:paraId="5B2546AB" w14:textId="2FD5EBCE" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="149EE9B5" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7875FC" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5304FC" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF3197A" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F504C4A" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD0A145" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB76651" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC3F91B" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="5873020B" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00613DC3" w14:paraId="1224CA35" w14:textId="16780741" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4014F6F2" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F52802C" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0C0528" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372E9C09" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50EC8324" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="255F9501" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78267988" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BAFF64" w14:textId="77777777" w:rsidR="00613DC3" w:rsidRDefault="00613DC3" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="3872B360" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="6854AA78" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF8C57B" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BCD0AF" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9E8A9D" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="633875FC" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0813334B" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A3898E" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E0E71A" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="360E941B" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="41A1B46F" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="6DCF2D69" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4383F5" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="182A44FE" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A588D6" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="717F34EF" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381EA1B2" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2E00A9" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DC0274" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1056D251" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="066F7088" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="18C195F3" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D699DDB" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D9E447" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D174C3C" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D48ED5" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="327876F1" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5277D52A" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A398F63" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3EAEB7" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="0CB59A3A" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="4371E5CF" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F046311" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16596483" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E71A744" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="692AC5F3" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F8EAFF" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="705C0BCE" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="163DCF81" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C4E5078" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="70AAA0BA" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="3AF18FB4" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C03B93" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BA35CC" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AE79DA" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A855026" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6760B0BB" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0368EF3F" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAEFA48" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C4976A" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="206737BE" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="350D17CF" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61380488" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D12B2EB" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1166AF3A" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5CECFC" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FC39C5" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3540F337" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BF44BF" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBD1CF8" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="49EC00DD" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="38BDE7FF" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DEF91C" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A075D59" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2794DF53" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15482B47" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB0F825" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2C6380" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF23151" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5AC82A" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="228F8521" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="71D8DD6A" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A11C06" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBCC282" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="207ED523" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC3665F" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3B2F5E" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C94EF5C" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AF5777" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09BB4F2B" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="0E6AE9F9" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="2B64F196" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BFB3F7" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1667EC11" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD7F9C8" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17962A93" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EC16BA" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A30C8CB" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C93EAE4" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A6E9D1" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="1358F8B5" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="09AE069B" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C256268" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213D0C65" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1145A6" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A9CBAB" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F73B36" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A74329" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C84CBE" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0034EE7E" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="5DC4A4B0" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="081B34CA" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="046783D7" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12398847" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="442DD5F9" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D76848E" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C7FFEC" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B1CD63" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D2121D7" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B1BE489" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="55A903D0" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="5D0738DD" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F81388F" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B63D298" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F92C272" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3A7638" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D5FDEA" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="717ABCFE" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB144F4" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07AEEEAE" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="1CDCB07A" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...130 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="10839B98" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A654F3" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4615E09E" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5056EE48" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="320014AD" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4826067E" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D3DAD9" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7FB72F" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA365C2" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F015CE" w14:paraId="04876715" w14:textId="77777777" w:rsidTr="00CC36F5">
-[...543 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005670C1" w14:paraId="5FDAB66C" w14:textId="77777777" w:rsidTr="005670C1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2332" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7348BE29" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B41ECF" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="410EC50A" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA9E24D" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="065BA3BB" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A4E4E0" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44ED11BC" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55CE2127" w14:textId="77777777" w:rsidR="005670C1" w:rsidRDefault="005670C1" w:rsidP="003A697B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39B9BC55" w14:textId="3C6B15CD" w:rsidR="0026007A" w:rsidRPr="00206BB8" w:rsidRDefault="0026007A" w:rsidP="00206BB8"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="497DA687" w14:textId="77777777" w:rsidR="009F1C79" w:rsidRPr="005215F1" w:rsidRDefault="009F1C79" w:rsidP="003A697B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009F1C79" w:rsidRPr="005215F1" w:rsidSect="00B77BD1">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="806" w:right="720" w:bottom="806" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58FE5CEC" w14:textId="77777777" w:rsidR="002D7B58" w:rsidRDefault="002D7B58" w:rsidP="00017A50">
+    <w:p w14:paraId="51D0D6B3" w14:textId="77777777" w:rsidR="00BE2297" w:rsidRDefault="00BE2297" w:rsidP="00D91C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73B1F635" w14:textId="77777777" w:rsidR="002D7B58" w:rsidRDefault="002D7B58" w:rsidP="00017A50">
+    <w:p w14:paraId="6FDC466A" w14:textId="77777777" w:rsidR="00BE2297" w:rsidRDefault="00BE2297" w:rsidP="00D91C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="4CD24255" w14:textId="77777777" w:rsidR="00017A50" w:rsidRPr="00A40C4E" w:rsidRDefault="00017A50" w:rsidP="00017A50">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32669651" w14:textId="77777777" w:rsidR="000768F5" w:rsidRDefault="000768F5" w:rsidP="000768F5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
-        <w:smallCaps/>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3947A0C1" w14:textId="77777777" w:rsidR="00017A50" w:rsidRPr="00A40C4E" w:rsidRDefault="00017A50" w:rsidP="00017A50">
+  <w:p w14:paraId="24A178A5" w14:textId="77777777" w:rsidR="000768F5" w:rsidRPr="00FE060D" w:rsidRDefault="000768F5" w:rsidP="000768F5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
-        <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A40C4E">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
-        <w:smallCaps/>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Division of Archives and Records — Government Records Section</w:t>
+      <w:t>Division of Archives &amp; Records – Government Records Section</w:t>
     </w:r>
   </w:p>
-  <w:tbl>
-[...438 lines deleted...]
-  <w:p w14:paraId="39D780BF" w14:textId="77777777" w:rsidR="00017A50" w:rsidRPr="00A40C4E" w:rsidRDefault="00017A50" w:rsidP="00017A50">
+  <w:p w14:paraId="619E15E6" w14:textId="77777777" w:rsidR="000768F5" w:rsidRDefault="000768F5" w:rsidP="000768F5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5040"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="14"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="002B3DA3">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>PHYSICAL ADDRESS: 215 N. Blount Street, Raleigh, NC 27601-2823</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="1B730465" w14:textId="77777777" w:rsidR="00017A50" w:rsidRDefault="00017A50">
+  <w:p w14:paraId="08BB0F18" w14:textId="77777777" w:rsidR="000768F5" w:rsidRDefault="000768F5" w:rsidP="000768F5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5040"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>MAILING ADDRESS: 4615 Mail Service Center, Raleigh, NC 27699-4165</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0B3ECCD6" w14:textId="3CC8ED01" w:rsidR="000768F5" w:rsidRDefault="000768F5" w:rsidP="000768F5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2610"/>
+        <w:tab w:val="left" w:pos="5130"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Telephone: (919) 814-6900</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Facsimile: (919) 715-3627</w:t>
+    </w:r>
+    <w:r w:rsidR="00541FF4">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">State Courier 51-81-20 </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="04AFD59B" w14:textId="3137C5E4" w:rsidR="00445DC8" w:rsidRPr="000768F5" w:rsidRDefault="000768F5" w:rsidP="000768F5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2610"/>
+        <w:tab w:val="left" w:pos="5130"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Email: </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00772018">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>recordsmanagement@dncr.nc.gov</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37FAC076" w14:textId="77777777" w:rsidR="002D7B58" w:rsidRDefault="002D7B58" w:rsidP="00017A50">
+    <w:p w14:paraId="3016652B" w14:textId="77777777" w:rsidR="00BE2297" w:rsidRDefault="00BE2297" w:rsidP="00D91C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51D390A1" w14:textId="77777777" w:rsidR="002D7B58" w:rsidRDefault="002D7B58" w:rsidP="00017A50">
+    <w:p w14:paraId="7174E30A" w14:textId="77777777" w:rsidR="00BE2297" w:rsidRDefault="00BE2297" w:rsidP="00D91C82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="79FC2A55" w14:textId="671AD131" w:rsidR="00017A50" w:rsidRDefault="001227AC" w:rsidP="000B32B7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="10E44C45" w14:textId="7FA37B20" w:rsidR="00D91C82" w:rsidRDefault="009332A6">
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...123 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00017A50">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78C438C2" wp14:editId="4E466F8B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E4C1616" wp14:editId="401DB174">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>-885825</wp:posOffset>
+              <wp:positionH relativeFrom="page">
+                <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>203200</wp:posOffset>
+                <wp:posOffset>411480</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="10001250" cy="245029"/>
+              <wp:extent cx="10039350" cy="244475"/>
               <wp:effectExtent l="0" t="0" r="19050" b="22225"/>
-              <wp:wrapNone/>
-              <wp:docPr id="4" name="Rectangle 4"/>
+              <wp:wrapTopAndBottom/>
+              <wp:docPr id="38" name="Rectangle 38"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="10001250" cy="245029"/>
+                        <a:ext cx="10039350" cy="244475"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
-                        <a:schemeClr val="accent6">
-[...1 lines deleted...]
-                        </a:schemeClr>
+                        <a:srgbClr val="016893"/>
                       </a:solidFill>
                       <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                         <a:solidFill>
-                          <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                          </a:schemeClr>
+                          <a:srgbClr val="016893"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2C672ADB" w14:textId="169D5110" w:rsidR="00017A50" w:rsidRPr="00017A50" w:rsidRDefault="00017A50" w:rsidP="00017A50">
+                        <w:p w14:paraId="18226024" w14:textId="77777777" w:rsidR="008B5EE6" w:rsidRPr="00017A50" w:rsidRDefault="008B5EE6" w:rsidP="00B77BD1">
                           <w:pPr>
                             <w:tabs>
-                              <w:tab w:val="center" w:pos="4950"/>
-                              <w:tab w:val="right" w:pos="9360"/>
+                              <w:tab w:val="center" w:pos="6480"/>
+                              <w:tab w:val="right" w:pos="12240"/>
                             </w:tabs>
-                            <w:ind w:right="630"/>
+                            <w:ind w:left="720" w:right="630"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>archives.ncdcr.gov</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00017A50">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00017A50">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:tab/>
-                          </w:r>
-[...13 lines deleted...]
-                            </w:rPr>
                             <w:t xml:space="preserve">4615 Mail Service Center, Raleigh NC 27699-4165 </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00017A50">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:tab/>
+                            <w:t>919-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00206BB8">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:tab/>
-[...24 lines deleted...]
-                            <w:t>919-814-6900</w:t>
+                            <w:t>814-6900</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="914400" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="78C438C2" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-69.75pt;margin-top:16pt;width:787.5pt;height:19.3pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9yrYuggIAADUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20HSbsGdYogRYcB&#10;XRusHXpmZDk2IImapMTufv0o2UlfOwzDLjYpUnx8/KiLy14rtpfOt2hKXpzknEkjsGrNtuQ/Hq4/&#10;febMBzAVKDSy5E/S88vFxw8XnZ3LCTaoKukYBTF+3tmSNyHYeZZ50UgN/gStNGSs0WkIpLptVjno&#10;KLpW2STPT7MOXWUdCuk9nV4NRr5I8etainBX114GpkpOtYX0dem7id9scQHzrQPbtGIsA/6hCg2t&#10;oaTHUFcQgO1c+y6UboVDj3U4EagzrOtWyNQDdVPkb7q5b8DK1AuB4+0RJv//worb/dqxtir5lDMD&#10;mkb0nUADs1WSTSM8nfVz8rq3azdqnsTYa187Hf/UBesTpE9HSGUfmKDDIs/zYjIj6AUZJ9NZPjmP&#10;UbPn69b58EWiZlEouaP0CUrY3/gwuB5cYjaPqq2uW6WSEnkiV8qxPdCEQQhpwmm6rnb6G1bD+dmM&#10;yhjTJmrFK6mIV9GUYR0VOZuSMxNAdKwVBBK1JYC82XIGaks8F8GlHK9uHwO/rKV4V0ss5S9qiS1f&#10;gW+GYCnR2IAysXOZyD0iFGc0TCVKod/046g2WD3RfB0OxPdWXLcU+AZ8WIMjplOjtL3hjj61Quoe&#10;R4mzBt2vP51HfyIgWTnraHMImZ87cJIz9dUQNc+LaQIwJG06O5tQEvds4mzz0mJ2eoU0u4IeCiuS&#10;GP2DOoi1Q/1IW76MackERlDyYQijsgrDStM7IeRymdxovyyEG3NvRQweMYuYPvSP4OzItUA0vcXD&#10;msH8DeUG33jT4HIXsG4THyPGA7BEoajQbiYyje9IXP6XevJ6fu0WvwEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAJoL52PhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLy1C0WwIkNj&#10;akx6MY2oB28LjEDLzhJ229K3d3uyx5n58s/3Z6tJ9+JIo+0MI4TzAARxZeqOG4Svz7fZEoR1imvV&#10;GyaEM1lY5bc3mUprc+IPOhauET6EbaoQWueGVEpbtaSVnZuB2N9+zaiV8+PYyHpUJx+ue7kIgkRq&#10;1bH/0KqB1i1V++KgETa79zL6CXfLV97HxXey3iad3SLe300vzyAcTe4fhou+V4fcO5XmwLUVPcIs&#10;jJ5izyJEC1/qQjxEsd+UCI9BAjLP5HWH/A8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA9&#10;yrYuggIAADUFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCaC+dj4QAAAAsBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" fillcolor="#538135 [2409]" strokecolor="#1f4d78 [1604]" strokeweight="2pt">
+            <v:rect w14:anchorId="7E4C1616" id="Rectangle 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:739.3pt;margin-top:32.4pt;width:790.5pt;height:19.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAO73OyUAIAAMEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kST+COkWQoMOA&#10;og2QDj0zshQbkCWNUmJ3v36U7DRtt8Mw7KKQIvVIPj/m5rZrNDtI9LU1BR+d5ZxJI2xZm13Bvz/d&#10;fbnizAcwJWhrZMFfpOe388+fblo3k2NbWV1KZARi/Kx1Ba9CcLMs86KSDfgz66ShoLLYQCAXd1mJ&#10;0BJ6o7Nxnl9krcXSoRXSe7pd9UE+T/hKSREelfIyMF1w6i2kE9O5jWc2v4HZDsFVtRjagH/oooHa&#10;UNFXqBUEYHusf4NqaoHWWxXOhG0yq1QtZJqBphnlH6bZVOBkmoXI8e6VJv//YMXDYePWSDS0zs88&#10;mXGKTmETf6k/1iWyXl7Jkl1ggi5HeX5+fT4lUgUFx5PJ5HIa6cxOzx368FXahkWj4EhfI5EEh3sf&#10;+tRjSqzmra7Lu1rr5OBuu9TIDhC/3Oji6vp8QH+Xpg1rqfp0ksdGgBSkNAQyG1cW3JsdZ6B3JE0R&#10;MNV+99r/XZHY5Ap81TeTEIZetIm9yiS0YaYTj9EK3bYbyN3a8mWNDG0vQu/EXU3A9+DDGpBURxPQ&#10;JoVHOpS2NJYdLM4qiz//dB/zSQwU5awlFdPIP/aAkjP9zZBMrkeTxExI3mR6OaYieApxtn0bMftm&#10;aYnvES2tE8mM+UEfTYW2eaaNW8SyFAIjqHjP7uAsQ79etLNCLhYpjbTuINybjRMRPHIWOX3qngHd&#10;oI5AwnqwR8nD7INI+tz40tjFPlhVJwVFjntiSXnRoT1JGhx2Oi7iWz9lnf555r8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDzIBwU3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq9&#10;lLqb2oqk2UgpiNSbWvA6ZqdJaHY2ZFeN/97x1N5m5j3efK9YjL5TJxpiG9hCNjGgiKvgWq4tfO+W&#10;z3NQMSE77AKThQtFWJT3dwXmLpx5Q6dtqpWEcMzRQpNSn2sdq4Y8xknoiUX7CYPHJOtQazfgWcJ9&#10;p1+MmWmPLcuHBnv6bKj63R69BfSrJ2OW3glVdllv9l9xv+6tfXwYP95BJRrTnxlu+IIOpTAdwpFd&#10;VJ0FKZIszF6F/6a+zTO5HGQy0ynostD/C5RXAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AA7vc7JQAgAAwQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPMgHBTcAAAACAEAAA8AAAAAAAAAAAAAAAAAqgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" fillcolor="#016893" strokecolor="#016893" strokeweight="2pt">
               <v:textbox inset="1in">
                 <w:txbxContent>
-                  <w:p w14:paraId="2C672ADB" w14:textId="169D5110" w:rsidR="00017A50" w:rsidRPr="00017A50" w:rsidRDefault="00017A50" w:rsidP="00017A50">
+                  <w:p w14:paraId="18226024" w14:textId="77777777" w:rsidR="008B5EE6" w:rsidRPr="00017A50" w:rsidRDefault="008B5EE6" w:rsidP="00B77BD1">
                     <w:pPr>
                       <w:tabs>
-                        <w:tab w:val="center" w:pos="4950"/>
-                        <w:tab w:val="right" w:pos="9360"/>
+                        <w:tab w:val="center" w:pos="6480"/>
+                        <w:tab w:val="right" w:pos="12240"/>
                       </w:tabs>
-                      <w:ind w:right="630"/>
+                      <w:ind w:left="720" w:right="630"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>archives.ncdcr.gov</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00017A50">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00017A50">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:tab/>
-                    </w:r>
-[...13 lines deleted...]
-                      </w:rPr>
                       <w:t xml:space="preserve">4615 Mail Service Center, Raleigh NC 27699-4165 </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00017A50">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:tab/>
+                      <w:t>919-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00206BB8">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:tab/>
-[...24 lines deleted...]
-                      <w:t>919-814-6900</w:t>
+                      <w:t>814-6900</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom" anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:b/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
+        <w:noProof/>
         <w:color w:val="000000"/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-    </w:pPr>
-[...4 lines deleted...]
-    </w:pPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35A25EC3" wp14:editId="4197140B">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-205740</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1724025" cy="591820"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="688913635" name="Picture 5" descr="North Carolina Department of Natural Cultural Resources logo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="688913635" name="Picture 5" descr="North Carolina Department of Natural Cultural Resources logo"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1724025" cy="591820"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...208 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:writeProtection w:recommended="1"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CA30D8"/>
-[...59 lines deleted...]
-    <w:rsid w:val="00FF147C"/>
+    <w:rsidRoot w:val="00413F9D"/>
+    <w:rsid w:val="00031E0A"/>
+    <w:rsid w:val="000768F5"/>
+    <w:rsid w:val="00101E8B"/>
+    <w:rsid w:val="00166CC2"/>
+    <w:rsid w:val="00300744"/>
+    <w:rsid w:val="00321FF2"/>
+    <w:rsid w:val="003A697B"/>
+    <w:rsid w:val="003C2F3B"/>
+    <w:rsid w:val="003C71A9"/>
+    <w:rsid w:val="003F6737"/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rsid w:val="00445DC8"/>
+    <w:rsid w:val="004B4CD7"/>
+    <w:rsid w:val="005215F1"/>
+    <w:rsid w:val="00541FF4"/>
+    <w:rsid w:val="00553809"/>
+    <w:rsid w:val="005670C1"/>
+    <w:rsid w:val="00613DC3"/>
+    <w:rsid w:val="00727A76"/>
+    <w:rsid w:val="00735559"/>
+    <w:rsid w:val="00745116"/>
+    <w:rsid w:val="007575C0"/>
+    <w:rsid w:val="007C1AE0"/>
+    <w:rsid w:val="008B5EE6"/>
+    <w:rsid w:val="00921B4F"/>
+    <w:rsid w:val="009332A6"/>
+    <w:rsid w:val="009D60F7"/>
+    <w:rsid w:val="009F1C79"/>
+    <w:rsid w:val="00A447FC"/>
+    <w:rsid w:val="00A72E8F"/>
+    <w:rsid w:val="00B0481F"/>
+    <w:rsid w:val="00B209F1"/>
+    <w:rsid w:val="00B77BD1"/>
+    <w:rsid w:val="00BB58BE"/>
+    <w:rsid w:val="00BE2297"/>
+    <w:rsid w:val="00C17CEC"/>
+    <w:rsid w:val="00D43EBB"/>
+    <w:rsid w:val="00D91C82"/>
+    <w:rsid w:val="00D91CDA"/>
+    <w:rsid w:val="00DE080D"/>
+    <w:rsid w:val="00F0098E"/>
+    <w:rsid w:val="00F74CDB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
-[...5 lines deleted...]
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="508FC9BE"/>
-  <w15:docId w15:val="{0F587F79-D779-4B8C-B2E8-89B72B9EDCD7}"/>
+  <w14:docId w14:val="2BB2D7BE"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{E596E704-E152-45E5-9A7E-6F5733EAD905}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4740,51 +3192,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4961,600 +3413,821 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00206BB8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00CA30D8"/>
+    <w:rsid w:val="00413F9D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00413F9D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00017A50"/>
+    <w:rsid w:val="00D91C82"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00017A50"/>
+    <w:rsid w:val="00D91C82"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00017A50"/>
+    <w:rsid w:val="00D91C82"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
+    <w:rsid w:val="00D91C82"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00017A50"/>
-[...6 lines deleted...]
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FF147C"/>
+    <w:rsid w:val="000768F5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...14 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00C12CC5"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B209F1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
-[...4 lines deleted...]
-    <w:rsid w:val="00F963D8"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00321FF2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...121 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...144 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recordsmanagement@dncr.nc.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5665,83 +4338,481 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0022e01b-53c9-4b3a-9ecb-62223112492b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Status xmlns="0022e01b-53c9-4b3a-9ecb-62223112492b" xsi:nil="true"/>
+    <Owner xmlns="0022e01b-53c9-4b3a-9ecb-62223112492b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Audience xmlns="0022e01b-53c9-4b3a-9ecb-62223112492b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="4c4f323e-9ab0-41e4-8d33-3f6f32f43934" xsi:nil="true"/>
+    <DocumentType xmlns="0022e01b-53c9-4b3a-9ecb-62223112492b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C587F028F6D0694F8177A430DADE0EAF" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d7319f30e1a41d89a8134909719bb236">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0022e01b-53c9-4b3a-9ecb-62223112492b" xmlns:ns3="4c4f323e-9ab0-41e4-8d33-3f6f32f43934" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d6de483ed8434ed42e5b2d4bbde9e75" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="0022e01b-53c9-4b3a-9ecb-62223112492b"/>
+    <xsd:import namespace="4c4f323e-9ab0-41e4-8d33-3f6f32f43934"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:Audience" minOccurs="0"/>
+                <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
+                <xsd:element ref="ns2:Owner" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="12" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="13" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0022e01b-53c9-4b3a-9ecb-62223112492b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Status" ma:index="27" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Active"/>
+          <xsd:enumeration value="Archived"/>
+          <xsd:enumeration value="Choice 3"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Audience" ma:index="28" nillable="true" ma:displayName="Audience" ma:format="Dropdown" ma:internalName="Audience">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="All Employees"/>
+          <xsd:enumeration value="Supervisors"/>
+          <xsd:enumeration value="New Employees"/>
+          <xsd:enumeration value="Separating Employees"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DocumentType" ma:index="29" nillable="true" ma:displayName="Document Type" ma:format="Dropdown" ma:internalName="DocumentType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Form"/>
+          <xsd:enumeration value="Guide"/>
+          <xsd:enumeration value="Template"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Owner" ma:index="30" nillable="true" ma:displayName="Owner" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="Owner">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4c4f323e-9ab0-41e4-8d33-3f6f32f43934" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9dbb7791-2ead-4cc7-8f0a-1aa1f27a4ea8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4c4f323e-9ab0-41e4-8d33-3f6f32f43934">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98702B19-58F3-4930-A702-FF7078453E70}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C9E9A1C-782A-43A0-96FA-395F1F302850}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0022e01b-53c9-4b3a-9ecb-62223112492b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="4c4f323e-9ab0-41e4-8d33-3f6f32f43934"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{584C9653-470A-4D15-B9F3-1BA834B5F961}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A06C6D2-8E96-45AD-AD74-37B992B22BFE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="0022e01b-53c9-4b3a-9ecb-62223112492b"/>
+    <ds:schemaRef ds:uri="4c4f323e-9ab0-41e4-8d33-3f6f32f43934"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>66</Words>
-  <Characters>379</Characters>
+  <Words>31</Words>
+  <Characters>209</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>1</Paragraphs>
+  <DocSecurity>2</DocSecurity>
+  <Lines>163</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Toshiba</Company>
+  <Company>State of NC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>444</CharactersWithSpaces>
+  <CharactersWithSpaces>222</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>CB</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Walker, Natalie</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C587F028F6D0694F8177A430DADE0EAF</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>